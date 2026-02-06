--- v0 (2025-12-05)
+++ v1 (2026-02-06)
@@ -1,6449 +1,6305 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="11057" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="11073"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000F0F1E" w:rsidRPr="00D84514" w:rsidTr="001C1103">
+      <w:tr w:rsidR="000F0F1E" w:rsidRPr="00D84514" w14:paraId="3B581FF8" w14:textId="77777777" w:rsidTr="001C1103">
         <w:trPr>
           <w:trHeight w:val="615"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11057" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="000F0F1E" w:rsidRPr="00D84514" w:rsidRDefault="000F0F1E" w:rsidP="000F0F1E">
+          <w:p w14:paraId="4B41413F" w14:textId="77777777" w:rsidR="000F0F1E" w:rsidRPr="00D84514" w:rsidRDefault="000F0F1E" w:rsidP="000F0F1E">
             <w:pPr>
               <w:ind w:left="426"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="44"/>
                 <w:szCs w:val="44"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidRPr="00D84514">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="44"/>
                 <w:szCs w:val="44"/>
               </w:rPr>
               <w:t>ARCHIVES DU CALVADOS</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000F0F1E" w:rsidRPr="00D84514" w:rsidRDefault="000F0F1E" w:rsidP="000F0F1E">
+          <w:p w14:paraId="2170DB11" w14:textId="77777777" w:rsidR="000F0F1E" w:rsidRPr="00D84514" w:rsidRDefault="000F0F1E" w:rsidP="000F0F1E">
             <w:pPr>
               <w:ind w:left="426"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D84514">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">61 Rue de Lion-sur-Mer 14000 CAEN  *  </w:t>
+              <w:t xml:space="preserve">61 Rue de Lion-sur-Mer 14000 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D84514">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>CAEN  *</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D84514">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="00D84514">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F028"/>
             </w:r>
             <w:r w:rsidRPr="00D84514">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">. : 02 31 47 18 50 * Fax : 02 31 43 74 39 – </w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r w:rsidRPr="00D84514">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                 </w:rPr>
                 <w:t>archives@calvados.fr</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w:rsidR="000F0F1E" w:rsidRPr="00D84514" w:rsidRDefault="000F0F1E" w:rsidP="000F0F1E">
+          <w:p w14:paraId="0190D21A" w14:textId="77777777" w:rsidR="000F0F1E" w:rsidRPr="00D84514" w:rsidRDefault="000F0F1E" w:rsidP="000F0F1E">
             <w:pPr>
               <w:ind w:left="426"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="000F0F1E" w:rsidRPr="00D84514" w:rsidRDefault="00345DC4" w:rsidP="00144D8C">
+          <w:p w14:paraId="2BD8E864" w14:textId="15417874" w:rsidR="000F0F1E" w:rsidRPr="00D84514" w:rsidRDefault="00345DC4" w:rsidP="00144D8C">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="425"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>VISA D’ÉLIMINATION D’ARCHIVES</w:t>
+              <w:t>VISA D’ÉLIMINTION D’ARCHIVES</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005F75A2" w:rsidRPr="00D84514" w:rsidRDefault="005F75A2" w:rsidP="001C1103">
+    <w:p w14:paraId="3ECF31B1" w14:textId="77777777" w:rsidR="005F75A2" w:rsidRPr="00D84514" w:rsidRDefault="005F75A2" w:rsidP="001C1103">
       <w:pPr>
         <w:ind w:left="284"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D84514">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve">(à transmettre en </w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D84514">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>à</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D84514">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> transmettre en </w:t>
       </w:r>
       <w:r w:rsidR="00345DC4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>deux</w:t>
       </w:r>
       <w:r w:rsidRPr="00D84514">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> exemplaires)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10631" w:type="dxa"/>
         <w:tblInd w:w="496" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5336"/>
         <w:gridCol w:w="2318"/>
         <w:gridCol w:w="2977"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009E5825" w:rsidTr="009B1172">
+      <w:tr w:rsidR="009E5825" w14:paraId="2646FD97" w14:textId="77777777" w:rsidTr="009B1172">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="447"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10631" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w:rsidR="009E5825" w:rsidRPr="009E5825" w:rsidRDefault="009E5825" w:rsidP="00144D8C">
+          <w:p w14:paraId="2DB22520" w14:textId="77777777" w:rsidR="009E5825" w:rsidRPr="009E5825" w:rsidRDefault="009E5825" w:rsidP="00144D8C">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D84514">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">PARTIE </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>à remplir par le</w:t>
             </w:r>
             <w:r w:rsidRPr="00D84514">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> SERVICE </w:t>
             </w:r>
             <w:r w:rsidR="00345DC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>DEMANDEUR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A03736" w:rsidTr="00D31D36">
+      <w:tr w:rsidR="00A03736" w14:paraId="63954B83" w14:textId="77777777" w:rsidTr="00D31D36">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1805"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7654" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="0060283E" w:rsidRDefault="00345DC4" w:rsidP="00D31D36">
+          </w:tcPr>
+          <w:p w14:paraId="0C7B4FD8" w14:textId="77777777" w:rsidR="0060283E" w:rsidRDefault="00345DC4" w:rsidP="00D31D36">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:ind w:right="282"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">COLLECTIVITE / ADMNISTRATION </w:t>
             </w:r>
             <w:r w:rsidR="00A03736" w:rsidRPr="00D84514">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="0044755B">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C1580F" w:rsidRDefault="00C1580F" w:rsidP="00A65EF1">
+          <w:p w14:paraId="71B2B79B" w14:textId="77777777" w:rsidR="00C1580F" w:rsidRDefault="00C1580F" w:rsidP="00A65EF1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:ind w:right="282"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00345DC4" w:rsidRDefault="00345DC4" w:rsidP="00A65EF1">
+          <w:p w14:paraId="703AA09A" w14:textId="77777777" w:rsidR="00345DC4" w:rsidRDefault="00345DC4" w:rsidP="00A65EF1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:ind w:right="282"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00FE3BDD" w:rsidRDefault="00FE3BDD" w:rsidP="00A65EF1">
+          <w:p w14:paraId="14303859" w14:textId="77777777" w:rsidR="00FE3BDD" w:rsidRDefault="00FE3BDD" w:rsidP="00A65EF1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:ind w:right="282"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00390781">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>Adresse </w:t>
             </w:r>
             <w:r w:rsidRPr="0044755B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A65EF1" w:rsidRDefault="00A65EF1" w:rsidP="00A65EF1">
+          <w:p w14:paraId="18EE6050" w14:textId="77777777" w:rsidR="00A65EF1" w:rsidRDefault="00A65EF1" w:rsidP="00A65EF1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:ind w:right="282"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00345DC4" w:rsidRPr="00D84514" w:rsidRDefault="00345DC4" w:rsidP="00A65EF1">
+          <w:p w14:paraId="0BF19676" w14:textId="77777777" w:rsidR="00345DC4" w:rsidRPr="00D84514" w:rsidRDefault="00345DC4" w:rsidP="00A65EF1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:ind w:right="282"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00A03736" w:rsidRPr="00D31D36" w:rsidRDefault="00A03736" w:rsidP="00D31D36">
+          <w:p w14:paraId="4E25E596" w14:textId="77777777" w:rsidR="00A03736" w:rsidRPr="00D31D36" w:rsidRDefault="00A03736" w:rsidP="00D31D36">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2269"/>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:spacing w:after="120"/>
               <w:ind w:left="-111" w:right="282" w:firstLine="111"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D84514">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F028"/>
             </w:r>
             <w:r w:rsidRPr="00D84514">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="00D84514">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="0060283E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:i/>
               </w:rPr>
               <w:t>Adresse électronique :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00345DC4" w:rsidRPr="00D84514" w:rsidRDefault="00345DC4" w:rsidP="00345DC4">
+          </w:tcPr>
+          <w:p w14:paraId="1EE59897" w14:textId="77777777" w:rsidR="00345DC4" w:rsidRPr="00D84514" w:rsidRDefault="00345DC4" w:rsidP="00345DC4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:ind w:right="282"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Personne référente </w:t>
             </w:r>
             <w:r w:rsidRPr="00D84514">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="00D84514">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A03736" w:rsidRPr="00D84514" w:rsidRDefault="00A03736" w:rsidP="00345DC4">
+          <w:p w14:paraId="691B9E50" w14:textId="77777777" w:rsidR="00A03736" w:rsidRPr="00D84514" w:rsidRDefault="00A03736" w:rsidP="00345DC4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:ind w:right="282"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E5825" w:rsidTr="009B1172">
+      <w:tr w:rsidR="009E5825" w14:paraId="26F391ED" w14:textId="77777777" w:rsidTr="009B1172">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10631" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00345DC4" w:rsidRPr="00D84514" w:rsidRDefault="00345DC4" w:rsidP="00B00AEA">
+          <w:p w14:paraId="717EC25E" w14:textId="77777777" w:rsidR="00345DC4" w:rsidRPr="00D84514" w:rsidRDefault="00345DC4" w:rsidP="00B00AEA">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">ARCHIVES </w:t>
             </w:r>
             <w:r w:rsidR="009B1172">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">à </w:t>
             </w:r>
             <w:r w:rsidR="00B00AEA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>É</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>LIMINER</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E5825" w:rsidTr="009B1172">
+      <w:tr w:rsidR="009E5825" w14:paraId="2E5B0448" w14:textId="77777777" w:rsidTr="009B1172">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1238"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5336" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00D31D36" w:rsidRDefault="00D31D36" w:rsidP="00CA234F">
+          </w:tcPr>
+          <w:p w14:paraId="6931FBA6" w14:textId="77777777" w:rsidR="00D31D36" w:rsidRDefault="00D31D36" w:rsidP="00CA234F">
             <w:pPr>
               <w:ind w:right="1"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D31D36" w:rsidRPr="00D84514" w:rsidRDefault="001C4ACB" w:rsidP="00CA234F">
+          <w:p w14:paraId="3D90053E" w14:textId="77777777" w:rsidR="00D31D36" w:rsidRPr="00D84514" w:rsidRDefault="001C4ACB" w:rsidP="00CA234F">
             <w:pPr>
               <w:ind w:right="1"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D84514">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>Métrage</w:t>
             </w:r>
             <w:r w:rsidR="000F7E71">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> linéaire</w:t>
             </w:r>
             <w:r w:rsidRPr="00D84514">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> :</w:t>
             </w:r>
             <w:r w:rsidRPr="00D84514">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00345DC4" w:rsidRDefault="00345DC4" w:rsidP="00C1580F">
+          <w:p w14:paraId="5925F19D" w14:textId="77777777" w:rsidR="00345DC4" w:rsidRDefault="00345DC4" w:rsidP="00C1580F">
             <w:pPr>
               <w:ind w:right="1"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009E5825" w:rsidRPr="00CA234F" w:rsidRDefault="001C4ACB" w:rsidP="00345DC4">
+          <w:p w14:paraId="1FB308ED" w14:textId="77777777" w:rsidR="009E5825" w:rsidRPr="00CA234F" w:rsidRDefault="001C4ACB" w:rsidP="00345DC4">
             <w:pPr>
               <w:ind w:right="1"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D84514">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Nombre </w:t>
             </w:r>
             <w:r w:rsidR="00345DC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>de boîtes/cartons</w:t>
             </w:r>
             <w:r w:rsidRPr="00D84514">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> :</w:t>
             </w:r>
             <w:r w:rsidRPr="00D84514">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5295" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="001C4ACB" w:rsidRPr="00D84514" w:rsidRDefault="00345DC4" w:rsidP="00345DC4">
+          </w:tcPr>
+          <w:p w14:paraId="326A2D5D" w14:textId="77777777" w:rsidR="001C4ACB" w:rsidRPr="00D84514" w:rsidRDefault="00345DC4" w:rsidP="00345DC4">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Date du visa : </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00345DC4" w:rsidRDefault="00345DC4"/>
+    <w:p w14:paraId="74BFFA2C" w14:textId="77777777" w:rsidR="00345DC4" w:rsidRDefault="00345DC4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10489" w:type="dxa"/>
         <w:tblInd w:w="496" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="921"/>
         <w:gridCol w:w="4465"/>
         <w:gridCol w:w="1418"/>
         <w:gridCol w:w="2551"/>
         <w:gridCol w:w="1134"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00713454" w:rsidTr="00713454">
+      <w:tr w:rsidR="00713454" w14:paraId="593AFEED" w14:textId="77777777" w:rsidTr="00713454">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
+          <w:p w14:paraId="03ED56C9" w14:textId="77777777" w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00713454">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>Nombre de boîtes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
+          <w:p w14:paraId="4327069B" w14:textId="77777777" w:rsidR="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Policepardfaut1"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00713454">
               <w:rPr>
                 <w:rStyle w:val="Policepardfaut1"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>Description sommaire du contenu</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
+          <w:p w14:paraId="4B353AE1" w14:textId="77777777" w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Policepardfaut1"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
-              <w:t>(type de documents)</w:t>
+              <w:t>(</w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Policepardfaut1"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>type</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Policepardfaut1"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de documents)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
+          <w:p w14:paraId="5420AA05" w14:textId="77777777" w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00713454">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>Dates extrêmes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
+          <w:p w14:paraId="04276B52" w14:textId="77777777" w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00713454">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>Texte réglementaire autorisant la destruction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
+          <w:p w14:paraId="774CD2AC" w14:textId="77777777" w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00713454">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Partie réservée aux Archives</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00713454" w:rsidTr="00713454">
+      <w:tr w:rsidR="00713454" w14:paraId="6A2D4AA3" w14:textId="77777777" w:rsidTr="00713454">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="0052138D">
+          </w:tcPr>
+          <w:p w14:paraId="4752C069" w14:textId="77777777" w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="0052138D">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
+          </w:tcPr>
+          <w:p w14:paraId="4CAC4EB7" w14:textId="77777777" w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
+          </w:tcPr>
+          <w:p w14:paraId="0954A2C4" w14:textId="77777777" w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
+          </w:tcPr>
+          <w:p w14:paraId="0EF4FC58" w14:textId="77777777" w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
+          </w:tcPr>
+          <w:p w14:paraId="678165DA" w14:textId="77777777" w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00713454" w:rsidTr="00713454">
+      <w:tr w:rsidR="00713454" w14:paraId="3C1C099A" w14:textId="77777777" w:rsidTr="00713454">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
+          </w:tcPr>
+          <w:p w14:paraId="66954560" w14:textId="77777777" w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
+          </w:tcPr>
+          <w:p w14:paraId="07935EE0" w14:textId="77777777" w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
+          </w:tcPr>
+          <w:p w14:paraId="3BAB798A" w14:textId="77777777" w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
+          </w:tcPr>
+          <w:p w14:paraId="3C626585" w14:textId="77777777" w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
+          </w:tcPr>
+          <w:p w14:paraId="25DD769C" w14:textId="77777777" w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00713454" w:rsidTr="00713454">
+      <w:tr w:rsidR="00713454" w14:paraId="51697E60" w14:textId="77777777" w:rsidTr="00713454">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
+          </w:tcPr>
+          <w:p w14:paraId="1AA92500" w14:textId="77777777" w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
+          </w:tcPr>
+          <w:p w14:paraId="65FD327C" w14:textId="77777777" w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
+          </w:tcPr>
+          <w:p w14:paraId="3D86B5CF" w14:textId="77777777" w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
+          </w:tcPr>
+          <w:p w14:paraId="73F99C37" w14:textId="77777777" w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
+          </w:tcPr>
+          <w:p w14:paraId="49EAD7E6" w14:textId="77777777" w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00713454" w:rsidTr="00713454">
+      <w:tr w:rsidR="00713454" w14:paraId="7720B31F" w14:textId="77777777" w:rsidTr="00713454">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
+          </w:tcPr>
+          <w:p w14:paraId="57221153" w14:textId="77777777" w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
+          </w:tcPr>
+          <w:p w14:paraId="50FF7EEF" w14:textId="77777777" w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
+          </w:tcPr>
+          <w:p w14:paraId="74B5723C" w14:textId="77777777" w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
+          </w:tcPr>
+          <w:p w14:paraId="6FEC58B6" w14:textId="77777777" w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
+          </w:tcPr>
+          <w:p w14:paraId="59143421" w14:textId="77777777" w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00713454" w:rsidTr="00713454">
+      <w:tr w:rsidR="00713454" w14:paraId="5AD7297B" w14:textId="77777777" w:rsidTr="00713454">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
+          </w:tcPr>
+          <w:p w14:paraId="3C84A3FF" w14:textId="77777777" w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
+          </w:tcPr>
+          <w:p w14:paraId="479451AA" w14:textId="77777777" w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
+          </w:tcPr>
+          <w:p w14:paraId="200DD368" w14:textId="77777777" w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
+          </w:tcPr>
+          <w:p w14:paraId="4D73FECB" w14:textId="77777777" w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
+          </w:tcPr>
+          <w:p w14:paraId="76028C8E" w14:textId="77777777" w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00713454" w:rsidTr="00713454">
+      <w:tr w:rsidR="00713454" w14:paraId="3A6AF59E" w14:textId="77777777" w:rsidTr="00713454">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
+          </w:tcPr>
+          <w:p w14:paraId="0B5F444E" w14:textId="77777777" w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
+          </w:tcPr>
+          <w:p w14:paraId="60CC1809" w14:textId="77777777" w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
+          </w:tcPr>
+          <w:p w14:paraId="10C2F7D9" w14:textId="77777777" w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
+          </w:tcPr>
+          <w:p w14:paraId="22AB0CDC" w14:textId="77777777" w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
+          </w:tcPr>
+          <w:p w14:paraId="17192346" w14:textId="77777777" w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00713454" w:rsidTr="00713454">
+      <w:tr w:rsidR="00713454" w14:paraId="140D8A2C" w14:textId="77777777" w:rsidTr="00713454">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
+          </w:tcPr>
+          <w:p w14:paraId="345D894A" w14:textId="77777777" w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
+          </w:tcPr>
+          <w:p w14:paraId="03689C07" w14:textId="77777777" w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
+          </w:tcPr>
+          <w:p w14:paraId="5F36583C" w14:textId="77777777" w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
+          </w:tcPr>
+          <w:p w14:paraId="42E3EFA1" w14:textId="77777777" w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
+          </w:tcPr>
+          <w:p w14:paraId="3D6CDAAA" w14:textId="77777777" w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00713454" w:rsidTr="00713454">
+      <w:tr w:rsidR="00713454" w14:paraId="47D7F9D2" w14:textId="77777777" w:rsidTr="00713454">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
+          </w:tcPr>
+          <w:p w14:paraId="667A685D" w14:textId="77777777" w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
+          </w:tcPr>
+          <w:p w14:paraId="0102A256" w14:textId="77777777" w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
+          </w:tcPr>
+          <w:p w14:paraId="5D1A7BF5" w14:textId="77777777" w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
+          </w:tcPr>
+          <w:p w14:paraId="5C12411E" w14:textId="77777777" w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
+          </w:tcPr>
+          <w:p w14:paraId="4358FC68" w14:textId="77777777" w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00713454" w:rsidTr="00713454">
+      <w:tr w:rsidR="00713454" w14:paraId="1004DE12" w14:textId="77777777" w:rsidTr="00713454">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
+          </w:tcPr>
+          <w:p w14:paraId="4397D78A" w14:textId="77777777" w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
+          </w:tcPr>
+          <w:p w14:paraId="33349257" w14:textId="77777777" w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
+          </w:tcPr>
+          <w:p w14:paraId="02DED8D8" w14:textId="77777777" w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
+          </w:tcPr>
+          <w:p w14:paraId="3A3183A7" w14:textId="77777777" w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
+          </w:tcPr>
+          <w:p w14:paraId="18946574" w14:textId="77777777" w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00713454" w:rsidTr="00713454">
+      <w:tr w:rsidR="00713454" w14:paraId="321FBE06" w14:textId="77777777" w:rsidTr="00713454">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
+          </w:tcPr>
+          <w:p w14:paraId="25C82498" w14:textId="77777777" w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
+          </w:tcPr>
+          <w:p w14:paraId="0A309CB6" w14:textId="77777777" w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
+          </w:tcPr>
+          <w:p w14:paraId="05F89C28" w14:textId="77777777" w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
+          </w:tcPr>
+          <w:p w14:paraId="2D8B5A30" w14:textId="77777777" w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
+          </w:tcPr>
+          <w:p w14:paraId="560FAAFE" w14:textId="77777777" w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00713454" w:rsidTr="00713454">
+      <w:tr w:rsidR="00713454" w14:paraId="3DEA9835" w14:textId="77777777" w:rsidTr="00713454">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
+          </w:tcPr>
+          <w:p w14:paraId="06C9A74D" w14:textId="77777777" w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
+          </w:tcPr>
+          <w:p w14:paraId="0123F484" w14:textId="77777777" w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
+          </w:tcPr>
+          <w:p w14:paraId="5B6820A0" w14:textId="77777777" w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
+          </w:tcPr>
+          <w:p w14:paraId="44B88E91" w14:textId="77777777" w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
+          </w:tcPr>
+          <w:p w14:paraId="774219F4" w14:textId="77777777" w:rsidR="00713454" w:rsidRPr="00713454" w:rsidRDefault="00713454" w:rsidP="00713454">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00345DC4" w:rsidRDefault="00345DC4"/>
+    <w:p w14:paraId="6BDDF8C0" w14:textId="77777777" w:rsidR="00345DC4" w:rsidRDefault="00345DC4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10631" w:type="dxa"/>
         <w:tblInd w:w="496" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5398"/>
         <w:gridCol w:w="5233"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A03736" w:rsidTr="00D31D36">
+      <w:tr w:rsidR="00A03736" w14:paraId="44609DCE" w14:textId="77777777" w:rsidTr="00D31D36">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="385"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10631" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A03736" w:rsidRPr="006F1603" w:rsidRDefault="00A03736" w:rsidP="006F1603">
+          <w:p w14:paraId="3D9CD33D" w14:textId="77777777" w:rsidR="00A03736" w:rsidRPr="006F1603" w:rsidRDefault="00A03736" w:rsidP="006F1603">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Nombre de pages du bordereau :   </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D31D36" w:rsidRPr="00D31D36" w:rsidTr="00713454">
+      <w:tr w:rsidR="00D31D36" w:rsidRPr="00D31D36" w14:paraId="708DF65C" w14:textId="77777777" w:rsidTr="00713454">
         <w:tblPrEx>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
           <w:tblCellMar>
             <w:top w:w="75" w:type="dxa"/>
             <w:left w:w="75" w:type="dxa"/>
             <w:bottom w:w="75" w:type="dxa"/>
             <w:right w:w="75" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="1563"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="68" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D31D36" w:rsidRPr="00D31D36" w:rsidRDefault="00D31D36" w:rsidP="00683EF6">
+          <w:p w14:paraId="4992CF16" w14:textId="77777777" w:rsidR="00D31D36" w:rsidRPr="00D31D36" w:rsidRDefault="00D31D36" w:rsidP="00683EF6">
             <w:pPr>
               <w:spacing w:before="40" w:after="960" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D31D36">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Signature du responsable</w:t>
             </w:r>
             <w:r w:rsidR="00713454">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D31D36">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D31D36" w:rsidRPr="00D31D36" w:rsidRDefault="00D31D36" w:rsidP="00713454">
+          <w:p w14:paraId="201F645F" w14:textId="77777777" w:rsidR="00D31D36" w:rsidRPr="00D31D36" w:rsidRDefault="00D31D36" w:rsidP="00713454">
             <w:pPr>
               <w:spacing w:before="40" w:after="120" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D31D36">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Date :</w:t>
             </w:r>
             <w:r w:rsidRPr="00D31D36">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5233" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="68" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00713454" w:rsidRDefault="007C28D8" w:rsidP="00713454">
+          <w:p w14:paraId="6F5A6122" w14:textId="77777777" w:rsidR="00713454" w:rsidRDefault="007C28D8" w:rsidP="00713454">
             <w:pPr>
               <w:spacing w:before="40" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Signature de la</w:t>
             </w:r>
             <w:r w:rsidR="00713454">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> direct</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>rice</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00713454" w:rsidRDefault="00D31D36" w:rsidP="009B1172">
+          <w:p w14:paraId="794D4045" w14:textId="77777777" w:rsidR="00713454" w:rsidRDefault="00D31D36" w:rsidP="009B1172">
             <w:pPr>
               <w:spacing w:after="720" w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00D31D36">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>du service départemental d’archives</w:t>
+              <w:t>du</w:t>
             </w:r>
-          </w:p>
-[...7 lines deleted...]
-            </w:pPr>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00D31D36">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:t xml:space="preserve"> service départemental d’archives</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23A79F10" w14:textId="77777777" w:rsidR="00D31D36" w:rsidRPr="00D31D36" w:rsidRDefault="00D31D36" w:rsidP="00713454">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="120" w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D31D36">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Date :</w:t>
             </w:r>
             <w:r w:rsidRPr="00D31D36">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A30615" w:rsidRDefault="00A30615" w:rsidP="00713454">
+    <w:p w14:paraId="1131278D" w14:textId="77777777" w:rsidR="00A30615" w:rsidRDefault="00A30615" w:rsidP="00713454">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A30615" w:rsidRDefault="00A30615">
+    <w:p w14:paraId="25C71714" w14:textId="77777777" w:rsidR="00A30615" w:rsidRDefault="00A30615">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10489" w:type="dxa"/>
         <w:tblInd w:w="496" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="921"/>
         <w:gridCol w:w="4465"/>
         <w:gridCol w:w="1418"/>
         <w:gridCol w:w="2551"/>
         <w:gridCol w:w="1134"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A30615" w:rsidTr="00692A86">
+      <w:tr w:rsidR="00A30615" w14:paraId="5BC6242C" w14:textId="77777777" w:rsidTr="00692A86">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          <w:p w14:paraId="61CD1F59" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00713454">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Nombre de boîtes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A30615" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          <w:p w14:paraId="1538854E" w14:textId="77777777" w:rsidR="00A30615" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Policepardfaut1"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00713454">
               <w:rPr>
                 <w:rStyle w:val="Policepardfaut1"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>Description sommaire du contenu</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          <w:p w14:paraId="345ED15C" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Policepardfaut1"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
-              <w:t>(type de documents)</w:t>
+              <w:t>(</w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Policepardfaut1"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>type</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Policepardfaut1"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de documents)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          <w:p w14:paraId="34928FF6" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00713454">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>Dates extrêmes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          <w:p w14:paraId="75A9AC87" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00713454">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>Texte réglementaire autorisant la destruction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          <w:p w14:paraId="094CA0EC" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00713454">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Partie réservée aux Archives</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A30615" w:rsidTr="00692A86">
+      <w:tr w:rsidR="00A30615" w14:paraId="1B1D1BA5" w14:textId="77777777" w:rsidTr="00692A86">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="5B668CCA" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="0834154D" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="5121DE5F" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="1B5CD395" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="532DB246" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A30615" w:rsidTr="00692A86">
+      <w:tr w:rsidR="00A30615" w14:paraId="44116E5A" w14:textId="77777777" w:rsidTr="00692A86">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="46BA5837" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="75D7168F" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="57897152" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="4ECD3CEA" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="32A6CCF4" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A30615" w:rsidTr="00692A86">
+      <w:tr w:rsidR="00A30615" w14:paraId="23E6B8CD" w14:textId="77777777" w:rsidTr="00692A86">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="6BC357FF" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="4013C1A8" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="50F912C9" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="7E52912B" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="40980AE5" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A30615" w:rsidTr="00692A86">
+      <w:tr w:rsidR="00A30615" w14:paraId="4938E453" w14:textId="77777777" w:rsidTr="00692A86">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="654C607E" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="3E1EC1AD" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="3CF8E603" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="339CC49A" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="202F14AD" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A30615" w:rsidTr="00692A86">
+      <w:tr w:rsidR="00A30615" w14:paraId="4F03C45A" w14:textId="77777777" w:rsidTr="00692A86">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="269C15D3" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="4CFE190B" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="4B138939" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="47841B76" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="321E49D8" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A30615" w:rsidTr="00692A86">
+      <w:tr w:rsidR="00A30615" w14:paraId="6CAA437A" w14:textId="77777777" w:rsidTr="00692A86">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="5E908536" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="6953649F" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="3F481934" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="4BFBB9E1" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="1316CC5A" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A30615" w:rsidTr="00692A86">
+      <w:tr w:rsidR="00A30615" w14:paraId="110ED55E" w14:textId="77777777" w:rsidTr="00692A86">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="5AEB94A8" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="1AB2DC42" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="5AB880AE" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="732D6F98" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="311F1900" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A30615" w:rsidTr="00692A86">
+      <w:tr w:rsidR="00A30615" w14:paraId="09B4C4E2" w14:textId="77777777" w:rsidTr="00692A86">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="011C2BC1" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="30C72BDC" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="63EA58DC" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="305FCF45" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="669F560B" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A30615" w:rsidTr="00692A86">
+      <w:tr w:rsidR="00A30615" w14:paraId="55D6109B" w14:textId="77777777" w:rsidTr="00692A86">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="76F1C041" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="3369799F" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="706B93EA" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="6A1658F6" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="765FD75D" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A30615" w:rsidTr="00692A86">
+      <w:tr w:rsidR="00A30615" w14:paraId="67F97C59" w14:textId="77777777" w:rsidTr="00692A86">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="1047F409" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="3369BC0F" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="7A606D87" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="6056CB54" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="7CC335F2" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A30615" w:rsidTr="00692A86">
+      <w:tr w:rsidR="00A30615" w14:paraId="70401BEA" w14:textId="77777777" w:rsidTr="00692A86">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="692450D9" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="313E91F7" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="4872713E" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="696F406C" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="6C075476" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A30615" w:rsidTr="00692A86">
+      <w:tr w:rsidR="00A30615" w14:paraId="33521DF6" w14:textId="77777777" w:rsidTr="00692A86">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="667BD352" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="3766DF9C" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="009D2FF4" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="294553AC" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="63A7B185" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A30615" w:rsidTr="00692A86">
+      <w:tr w:rsidR="00A30615" w14:paraId="63553CF4" w14:textId="77777777" w:rsidTr="00692A86">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="7054320B" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="6910BB5E" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="41F0EA3A" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="52568E2F" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="5D99761E" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A30615" w:rsidTr="00692A86">
+      <w:tr w:rsidR="00A30615" w14:paraId="0F8A3D87" w14:textId="77777777" w:rsidTr="00692A86">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="58105799" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="05FD6533" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="651FF61F" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="1631DDA1" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="12101F37" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A30615" w:rsidTr="00692A86">
+      <w:tr w:rsidR="00A30615" w14:paraId="24890A5D" w14:textId="77777777" w:rsidTr="00692A86">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="45670E87" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="1DA52A83" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="645C926B" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="4E6A00DE" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="53B01100" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A30615" w:rsidTr="00692A86">
+      <w:tr w:rsidR="00A30615" w14:paraId="0D4B6A3F" w14:textId="77777777" w:rsidTr="00692A86">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="385F51B3" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="3BCE178B" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="6C6A0F54" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="3BDAEF92" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="592576CD" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A30615" w:rsidTr="00692A86">
+      <w:tr w:rsidR="00A30615" w14:paraId="59B79D96" w14:textId="77777777" w:rsidTr="00692A86">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="2137A936" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="6F634A8A" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="4F2F8CBD" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="6E370B32" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="50B56384" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A30615" w:rsidTr="00692A86">
+      <w:tr w:rsidR="00A30615" w14:paraId="08D93E3D" w14:textId="77777777" w:rsidTr="00692A86">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="74256D23" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="5AD8DC43" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="4C86DC9E" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="6CCA70EA" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="2D5AA0D8" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A30615" w:rsidTr="00692A86">
+      <w:tr w:rsidR="00A30615" w14:paraId="25A2A236" w14:textId="77777777" w:rsidTr="00692A86">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="11354D61" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="44E643F3" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="50C9A694" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="63086BC8" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="551BC6B3" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A30615" w:rsidTr="00692A86">
+      <w:tr w:rsidR="00A30615" w14:paraId="75222701" w14:textId="77777777" w:rsidTr="00692A86">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="6B35BBA5" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="076C9478" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="6B8865E1" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="6AB961F8" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="64F06366" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A30615" w:rsidTr="00692A86">
+      <w:tr w:rsidR="00A30615" w14:paraId="6AFAD201" w14:textId="77777777" w:rsidTr="00692A86">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="3A3F413B" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="27B6559E" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="18FF586E" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="16F0391F" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="18CC26D7" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A30615" w:rsidTr="00692A86">
+      <w:tr w:rsidR="00A30615" w14:paraId="37F0CA05" w14:textId="77777777" w:rsidTr="00692A86">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="335770A4" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="3C891C38" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="730C659C" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="3DA306A3" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="32426386" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A30615" w:rsidTr="00692A86">
+      <w:tr w:rsidR="00A30615" w14:paraId="242F098D" w14:textId="77777777" w:rsidTr="00692A86">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="2B830074" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="5BB5256D" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="4F69A4C8" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="22E372DC" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="0ABA3279" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A30615" w:rsidTr="00692A86">
+      <w:tr w:rsidR="00A30615" w14:paraId="74907EEF" w14:textId="77777777" w:rsidTr="00692A86">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="3B8E258A" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="5742E544" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="3C623C24" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="1FAA1423" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="5AD33B22" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A30615" w:rsidTr="00692A86">
+      <w:tr w:rsidR="00A30615" w14:paraId="29B7DE73" w14:textId="77777777" w:rsidTr="00692A86">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="66629321" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="6EB34003" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="6DABA9EC" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="6DA2C63B" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="189BBD3F" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A30615" w:rsidTr="00692A86">
+      <w:tr w:rsidR="00A30615" w14:paraId="016DC98C" w14:textId="77777777" w:rsidTr="00692A86">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="0DDD9CF9" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="09DBC2F8" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="4ED354A6" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="1C6332C2" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="249EF6C6" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A30615" w:rsidTr="00692A86">
+      <w:tr w:rsidR="00A30615" w14:paraId="22CD2FDB" w14:textId="77777777" w:rsidTr="00692A86">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="6BD9BB80" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="1AFB0DD2" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="2C4DFB18" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="46A69E56" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="01152230" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A30615" w:rsidTr="00692A86">
+      <w:tr w:rsidR="00A30615" w14:paraId="52B4913B" w14:textId="77777777" w:rsidTr="00692A86">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="34B1A2AD" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="1DBA9C15" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="1B028991" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="4B6436C9" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="5E969A91" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A30615" w:rsidTr="00692A86">
+      <w:tr w:rsidR="00A30615" w14:paraId="3FEAC14C" w14:textId="77777777" w:rsidTr="00692A86">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="74345521" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="16B2C4E2" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="6337C92C" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="6E2D8A3A" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="641CCCD4" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A30615" w:rsidTr="00692A86">
+      <w:tr w:rsidR="00A30615" w14:paraId="1250C4EB" w14:textId="77777777" w:rsidTr="00692A86">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="2C066A1C" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="0D21846C" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="59E1EB50" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="4B0D5239" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="59183FB4" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A30615" w:rsidTr="00692A86">
+      <w:tr w:rsidR="00A30615" w14:paraId="764EE247" w14:textId="77777777" w:rsidTr="00692A86">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="3F9F2DC2" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="58AB42C4" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="3D2D4A7F" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="0D8FB631" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
+          </w:tcPr>
+          <w:p w14:paraId="5D4D3749" w14:textId="77777777" w:rsidR="00A30615" w:rsidRPr="00713454" w:rsidRDefault="00A30615" w:rsidP="00692A86">
             <w:pPr>
               <w:pStyle w:val="LO-Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005F75A2" w:rsidRPr="00CA234F" w:rsidRDefault="005F75A2" w:rsidP="00713454">
+    <w:p w14:paraId="4B4BBA2C" w14:textId="77777777" w:rsidR="005F75A2" w:rsidRPr="00CA234F" w:rsidRDefault="005F75A2" w:rsidP="00713454">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="005F75A2" w:rsidRPr="00CA234F" w:rsidSect="00713454">
-      <w:footerReference w:type="first" r:id="rId10"/>
+      <w:footerReference w:type="first" r:id="rId9"/>
       <w:pgSz w:w="11907" w:h="16840"/>
       <w:pgMar w:top="142" w:right="567" w:bottom="374" w:left="284" w:header="153" w:footer="303" w:gutter="0"/>
       <w:paperSrc w:first="1" w:other="1"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00D929A3" w:rsidRDefault="00D929A3">
+    <w:p w14:paraId="4B441197" w14:textId="77777777" w:rsidR="00306A10" w:rsidRDefault="00306A10">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00D929A3" w:rsidRDefault="00D929A3">
+    <w:p w14:paraId="40E64334" w14:textId="77777777" w:rsidR="00306A10" w:rsidRDefault="00306A10">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
-    <w:panose1 w:val="020B0604030504040204"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-11688418"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w:rsidR="000E4E79" w:rsidRPr="009B1172" w:rsidRDefault="000E4E79">
+      <w:p w14:paraId="5B80F401" w14:textId="77777777" w:rsidR="000E4E79" w:rsidRPr="009B1172" w:rsidRDefault="000E4E79">
         <w:pPr>
           <w:pStyle w:val="Pieddepage"/>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="009B1172">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="009B1172">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r w:rsidRPr="009B1172">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00F83681">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
             <w:noProof/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidRPr="009B1172">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="000E4E79" w:rsidRDefault="000E4E79">
+  <w:p w14:paraId="7D1DA33A" w14:textId="77777777" w:rsidR="000E4E79" w:rsidRDefault="000E4E79">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00D929A3" w:rsidRDefault="00D929A3">
+    <w:p w14:paraId="47975B94" w14:textId="77777777" w:rsidR="00306A10" w:rsidRDefault="00306A10">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00D929A3" w:rsidRDefault="00D929A3">
+    <w:p w14:paraId="02C1EBED" w14:textId="77777777" w:rsidR="00306A10" w:rsidRDefault="00306A10">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54DF3958"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FDFA2CA2"/>
     <w:lvl w:ilvl="0" w:tplc="E99ED1B8">
       <w:start w:val="1990"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6512,675 +6368,572 @@
     <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1003699638">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:printFractionalCharacterWidth/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotHyphenateCaps/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="10241"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BC6C14"/>
     <w:rsid w:val="000E1820"/>
     <w:rsid w:val="000E4E79"/>
     <w:rsid w:val="000F0F1E"/>
     <w:rsid w:val="000F7E71"/>
     <w:rsid w:val="00141DD8"/>
     <w:rsid w:val="00144D8C"/>
     <w:rsid w:val="001C1103"/>
     <w:rsid w:val="001C4ACB"/>
     <w:rsid w:val="002B5420"/>
+    <w:rsid w:val="00306A10"/>
     <w:rsid w:val="00345DC4"/>
     <w:rsid w:val="00352F00"/>
     <w:rsid w:val="003666EA"/>
+    <w:rsid w:val="003A3DC2"/>
     <w:rsid w:val="004147DC"/>
     <w:rsid w:val="0044755B"/>
     <w:rsid w:val="004B51C7"/>
     <w:rsid w:val="00500951"/>
     <w:rsid w:val="0052138D"/>
     <w:rsid w:val="0054738A"/>
     <w:rsid w:val="005F50D5"/>
     <w:rsid w:val="005F75A2"/>
     <w:rsid w:val="0060283E"/>
     <w:rsid w:val="0062262D"/>
     <w:rsid w:val="006464C3"/>
     <w:rsid w:val="00646F6C"/>
     <w:rsid w:val="00683EF6"/>
     <w:rsid w:val="006A3A31"/>
     <w:rsid w:val="006E7938"/>
     <w:rsid w:val="006F1603"/>
     <w:rsid w:val="006F5783"/>
     <w:rsid w:val="00713454"/>
     <w:rsid w:val="007C28D8"/>
     <w:rsid w:val="00804D8A"/>
     <w:rsid w:val="00956325"/>
     <w:rsid w:val="009B1172"/>
     <w:rsid w:val="009E5825"/>
     <w:rsid w:val="009E6E9A"/>
     <w:rsid w:val="00A03736"/>
+    <w:rsid w:val="00A07EA2"/>
     <w:rsid w:val="00A30615"/>
     <w:rsid w:val="00A65EF1"/>
     <w:rsid w:val="00AF72F7"/>
     <w:rsid w:val="00B00AEA"/>
     <w:rsid w:val="00B63F65"/>
     <w:rsid w:val="00BB6100"/>
     <w:rsid w:val="00BC6C14"/>
     <w:rsid w:val="00C1580F"/>
     <w:rsid w:val="00C5749B"/>
     <w:rsid w:val="00C8077D"/>
     <w:rsid w:val="00CA234F"/>
     <w:rsid w:val="00CE6A0F"/>
     <w:rsid w:val="00D31D36"/>
     <w:rsid w:val="00D467E1"/>
     <w:rsid w:val="00D84514"/>
     <w:rsid w:val="00D929A3"/>
     <w:rsid w:val="00DD59B4"/>
     <w:rsid w:val="00EB069B"/>
     <w:rsid w:val="00F45673"/>
     <w:rsid w:val="00F83681"/>
     <w:rsid w:val="00FB020E"/>
     <w:rsid w:val="00FE3BDD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="10241"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="4B36A31D"/>
+  <w15:docId w15:val="{2BA92D05-551E-4F53-8900-01AD7B276061}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="fr-FR" w:eastAsia="fr-FR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...485 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -7336,51 +7089,51 @@
       <w:pBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
       </w:pBdr>
       <w:suppressAutoHyphens/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Notedebasdepage">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="LO-Normal"/>
     <w:link w:val="NotedebasdepageCar"/>
     <w:rsid w:val="00713454"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="NotedebasdepageCar">
     <w:name w:val="Note de bas de page Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Notedebasdepage"/>
     <w:rsid w:val="00713454"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="161775402">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="448210244">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -7410,51 +7163,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2054688821">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:archives@calvados.fr" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:archives@calvados.fr" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -7716,71 +7469,71 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{97BEFE93-75E3-4736-A0B3-B169CDD174A8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>132</Words>
-  <Characters>1053</Characters>
+  <Words>182</Words>
+  <Characters>1001</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
+  <DocSecurity>0</DocSecurity>
   <Lines>8</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>bordereau de versement</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>CG13</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1183</CharactersWithSpaces>
+  <CharactersWithSpaces>1181</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>bordereau de versement</dc:title>
   <dc:subject>Série W</dc:subject>
   <dc:creator>LAPLANCHE Julie</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>